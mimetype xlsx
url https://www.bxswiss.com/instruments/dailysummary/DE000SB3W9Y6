--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R138d56c2ed5a4c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31061338622149ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6851926d712948d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69571e3f8f84a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c94bbc427c44192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6851926d712948d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4276fe2732e74f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69571e3f8f84a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>73,920</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>73,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,200</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>79,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,580</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>