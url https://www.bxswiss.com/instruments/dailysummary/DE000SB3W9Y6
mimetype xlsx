--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31061338622149ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac50360ca334065" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69571e3f8f84a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b456ba79784808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4276fe2732e74f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69571e3f8f84a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5734512c4c443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b456ba79784808" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>76,120</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,750</x:t>
-[...144 lines deleted...]
-          <x:t>78,590</x:t>
+          <x:t>69,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>