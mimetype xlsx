--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac50360ca334065" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5a1699f45c471f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b456ba79784808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4bc964f22e24a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5734512c4c443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b456ba79784808" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457ffb3533194470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4bc964f22e24a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...436 lines deleted...]
-          <x:t>76,060</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,070</x:t>
-[...166 lines deleted...]
-          <x:t>72,760</x:t>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>