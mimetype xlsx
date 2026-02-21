--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5a1699f45c471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92b0a1d7330491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4bc964f22e24a09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9de631d679cb4004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457ffb3533194470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4bc964f22e24a09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc47a7cdf6f4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9de631d679cb4004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>75,450</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>77,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>