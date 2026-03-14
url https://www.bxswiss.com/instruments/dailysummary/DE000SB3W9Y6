--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92b0a1d7330491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58afc3a4d4ca4ebd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9de631d679cb4004"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c84406cd29544ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc47a7cdf6f4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9de631d679cb4004" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R035dd46bcd9847f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c84406cd29544ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>84,280</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...467 lines deleted...]
-          <x:t>18.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,720</x:t>
-[...63 lines deleted...]
-          <x:t>85,760</x:t>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>