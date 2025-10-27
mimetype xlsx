--- v0 (2025-10-05)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55e1232df91481e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312a43e5973743d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R381383c226c7487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dd2559b61f84c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44a5596edf774df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R381383c226c7487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196f70ad691e4ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dd2559b61f84c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,090</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>71,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,895</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>