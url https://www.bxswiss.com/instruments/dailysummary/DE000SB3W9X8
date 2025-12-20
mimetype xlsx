--- v1 (2025-10-27)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312a43e5973743d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0b2b961dd644f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dd2559b61f84c83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639338865df74565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196f70ad691e4ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dd2559b61f84c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e8652d4da94a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639338865df74565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>79,960</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,930</x:t>
-[...16 lines deleted...]
-          <x:t>80,370</x:t>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,450</x:t>
-[...404 lines deleted...]
-          <x:t>83,345</x:t>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>