--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0b2b961dd644f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8450b4d48a294519" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639338865df74565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f70d652d87e4261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e8652d4da94a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639338865df74565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad58e04f40d4a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f70d652d87e4261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>73,485</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,225</x:t>
-[...92 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,480</x:t>
-[...4 lines deleted...]
-          <x:t>75,820</x:t>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>76,320</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...316 lines deleted...]
-          <x:t>80,380</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>