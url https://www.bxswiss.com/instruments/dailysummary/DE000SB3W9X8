--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8450b4d48a294519" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dffe78594d348c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f70d652d87e4261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14135b530b474cfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad58e04f40d4a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f70d652d87e4261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ebd886a7fb4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14135b530b474cfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>77,970</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,420</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>87,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>