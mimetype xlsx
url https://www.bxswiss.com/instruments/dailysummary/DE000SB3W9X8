--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dffe78594d348c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R124ed3aa841044dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14135b530b474cfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f18dfc1580742b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ebd886a7fb4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14135b530b474cfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f2ba1d97bf413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f18dfc1580742b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W9X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>