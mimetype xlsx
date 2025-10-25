--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d5bb9c553fa43ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7103a91449484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R677e7b35061b4630"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c42df2cdba4525"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3a9771014b4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R677e7b35061b4630" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd18d4a8904456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c42df2cdba4525" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>