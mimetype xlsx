--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7103a91449484b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6368224e6d04a90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c42df2cdba4525"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5b8623ff654ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd18d4a8904456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c42df2cdba4525" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe61e065c6c24905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5b8623ff654ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,800</x:t>
-[...58 lines deleted...]
-          <x:t>71,155</x:t>
+          <x:t>74,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>61,690</x:t>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...208 lines deleted...]
-          <x:t>74,295</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>