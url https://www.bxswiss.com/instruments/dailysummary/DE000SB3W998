--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6368224e6d04a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf95e853c10c64c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5b8623ff654ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37785e9ed0c945a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe61e065c6c24905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5b8623ff654ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf92cf4812b3743dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37785e9ed0c945a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,055</x:t>
-[...414 lines deleted...]
-          <x:t>74,320</x:t>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>