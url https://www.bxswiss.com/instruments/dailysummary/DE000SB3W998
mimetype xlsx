--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf95e853c10c64c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de384bce6414145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37785e9ed0c945a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8e943f6614c44d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf92cf4812b3743dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37785e9ed0c945a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdbd743d480c44a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8e943f6614c44d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>90,650</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>98,230</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>