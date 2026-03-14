--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de384bce6414145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb8ce4d9211414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8e943f6614c44d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a606fc45e004cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdbd743d480c44a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8e943f6614c44d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0af04a9d66d54b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a606fc45e004cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Euro Stoxx 50</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>97,900</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...219 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,250</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>