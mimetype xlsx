--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a5dfdea531451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2236a01d3ecc442a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8e3077dc904ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b24c232212d4068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08647b35df43466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8e3077dc904ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf542f9e39914add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b24c232212d4068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>47,760</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>57,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>