--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2236a01d3ecc442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69ddb65c2984bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b24c232212d4068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910438e923fa422f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf542f9e39914add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b24c232212d4068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42788d802764200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910438e923fa422f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>52,060</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,350</x:t>
-[...43 lines deleted...]
-          <x:t>48,210</x:t>
+          <x:t>50,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,140</x:t>
-[...188 lines deleted...]
-          <x:t>49,550</x:t>
+          <x:t>51,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>47,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>