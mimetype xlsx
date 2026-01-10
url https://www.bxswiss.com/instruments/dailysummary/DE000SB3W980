--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69ddb65c2984bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474b681b4ded43e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910438e923fa422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617f23b845ae4955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42788d802764200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910438e923fa422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d84aedd8244d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617f23b845ae4955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>49,990</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,510</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>52,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...84 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>