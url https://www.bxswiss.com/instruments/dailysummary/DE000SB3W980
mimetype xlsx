--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474b681b4ded43e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d9ea6d82b34f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617f23b845ae4955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc39dd76fe54477"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d84aedd8244d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617f23b845ae4955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc562a0ea77b42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc39dd76fe54477" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>55,180</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>63,895</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>