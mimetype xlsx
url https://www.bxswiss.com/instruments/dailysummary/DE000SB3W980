--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d9ea6d82b34f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76c152b25244770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc39dd76fe54477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfab155bda813463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc562a0ea77b42e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc39dd76fe54477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44e5c09ebbb84fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfab155bda813463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on DAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,030</x:t>
-[...75 lines deleted...]
-          <x:t>56,380</x:t>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,280</x:t>
-[...416 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,340</x:t>
-[...36 lines deleted...]
-          <x:t>59,520</x:t>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>