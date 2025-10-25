--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9cee2be66c485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R479b29e26e2d4a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R831745dcc1074d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re009513c08b840b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2fd892ff3524f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R831745dcc1074d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a8aa16fa194390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re009513c08b840b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>47,695</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,575</x:t>
-[...409 lines deleted...]
-          <x:t>57,015</x:t>
+          <x:t>50,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>