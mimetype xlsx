--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R479b29e26e2d4a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07e4f136f7747e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re009513c08b840b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf7617646b314575"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a8aa16fa194390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re009513c08b840b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R611185a486a04820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf7617646b314575" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>48,225</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>61,055</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>