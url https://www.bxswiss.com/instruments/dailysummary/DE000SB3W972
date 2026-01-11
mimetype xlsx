--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07e4f136f7747e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7da5cd16adf4b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf7617646b314575"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2302fd1751240e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R611185a486a04820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf7617646b314575" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R107000ff9a2b479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2302fd1751240e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>58,350</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>60,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>