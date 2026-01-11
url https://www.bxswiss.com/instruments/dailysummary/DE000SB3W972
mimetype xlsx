--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7da5cd16adf4b51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4733a31f0d64e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2302fd1751240e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf625f5463ec4e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R107000ff9a2b479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2302fd1751240e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d359fed85b43e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf625f5463ec4e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>