--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4733a31f0d64e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d19512d4de44f17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf625f5463ec4e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc465485602b74616"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d359fed85b43e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf625f5463ec4e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6680cf2b61481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc465485602b74616" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>64,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>