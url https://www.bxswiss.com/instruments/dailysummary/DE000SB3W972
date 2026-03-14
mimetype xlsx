--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d19512d4de44f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73694581a2f43e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc465485602b74616"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re516920fefe848a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6680cf2b61481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc465485602b74616" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5275969294744b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re516920fefe848a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on CAC 40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>