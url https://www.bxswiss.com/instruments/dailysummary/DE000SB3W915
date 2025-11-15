--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba42b79fea541b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8a9a5417524900" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b85ff8f9cb49d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638cfb2eccb34ce3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9da40b62b4495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b85ff8f9cb49d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2560dd152f34833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638cfb2eccb34ce3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>10,055</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>9,635</x:t>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,425</x:t>
-[...409 lines deleted...]
-          <x:t>11,355</x:t>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>