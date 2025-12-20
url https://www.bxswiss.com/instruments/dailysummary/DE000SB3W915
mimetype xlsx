--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8a9a5417524900" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eee84e2ef514015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638cfb2eccb34ce3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652e070aabe246a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2560dd152f34833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638cfb2eccb34ce3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd89672da844c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652e070aabe246a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>9,350</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,170</x:t>
-[...6 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>8,510</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,145</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>8,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,785</x:t>
-[...9 lines deleted...]
-          <x:t>8,725</x:t>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>