--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eee84e2ef514015" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5352a9fb11a94c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652e070aabe246a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3698a27d6e0949f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd89672da844c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652e070aabe246a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R949a154944364989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3698a27d6e0949f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>8,005</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,950</x:t>
-[...53 lines deleted...]
-          <x:t>8,630</x:t>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,795</x:t>
-[...11 lines deleted...]
-          <x:t>8,955</x:t>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>9,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,135</x:t>
-[...247 lines deleted...]
-          <x:t>8,915</x:t>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>