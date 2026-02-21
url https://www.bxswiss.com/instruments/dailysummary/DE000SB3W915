--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5352a9fb11a94c82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33ef057f9e6f47f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3698a27d6e0949f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95640baf0be74e7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R949a154944364989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3698a27d6e0949f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e2044eab0d84d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95640baf0be74e7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on TecDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,250</x:t>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,990</x:t>
-[...431 lines deleted...]
-          <x:t>11,605</x:t>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>