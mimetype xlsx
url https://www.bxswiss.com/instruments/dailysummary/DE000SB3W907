--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1030f0b11844a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf250dad953c54515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0438854b5e5e4950"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re47465c186c646c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b4ced47db44041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0438854b5e5e4950" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095ac8cb33df4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re47465c186c646c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on MDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,895</x:t>
-[...21 lines deleted...]
-          <x:t>7,915</x:t>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,820</x:t>
-[...598 lines deleted...]
-          <x:t>9,265</x:t>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>