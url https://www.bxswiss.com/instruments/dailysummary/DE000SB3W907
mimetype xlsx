--- v1 (2025-10-27)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf250dad953c54515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b286bc6a93d48a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re47465c186c646c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243ad7a5c3cf4c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095ac8cb33df4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re47465c186c646c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b36405a506e40b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243ad7a5c3cf4c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on MDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>8,690</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,670</x:t>
-[...458 lines deleted...]
-          <x:t>8,195</x:t>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>