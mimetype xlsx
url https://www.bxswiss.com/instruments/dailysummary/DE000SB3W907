--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b286bc6a93d48a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44650303602c4398" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243ad7a5c3cf4c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d0b63667f924e85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b36405a506e40b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243ad7a5c3cf4c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87da5936bb504831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d0b63667f924e85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on MDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,760</x:t>
-[...4 lines deleted...]
-          <x:t>7,330</x:t>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>7,820</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,710</x:t>
-[...112 lines deleted...]
-          <x:t>8,110</x:t>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>