--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44650303602c4398" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109f2cbd961d4cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d0b63667f924e85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc592767909944211"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87da5936bb504831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d0b63667f924e85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R520305ba001e43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc592767909944211" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on MDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>8,070</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,890</x:t>
-[...92 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,160</x:t>
-[...4 lines deleted...]
-          <x:t>8,710</x:t>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>10,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>