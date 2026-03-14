--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109f2cbd961d4cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137c8a39c33645ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc592767909944211"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a5408deaf254542"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R520305ba001e43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc592767909944211" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd02fd3a3d864e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a5408deaf254542" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on MDAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3W907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,890</x:t>
-[...313 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,260</x:t>
-[...210 lines deleted...]
-          <x:t>8,565</x:t>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,350</x:t>
-[...85 lines deleted...]
-          <x:t>9,195</x:t>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>