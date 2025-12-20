--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d4406df8b94844" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3337bad2f34a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9490322637b243c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b0903626de14c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77ad154b77f74cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9490322637b243c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59923d2674b44c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b0903626de14c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VYP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>6,335</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>7,315</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...451 lines deleted...]
-          <x:t>4,390</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>