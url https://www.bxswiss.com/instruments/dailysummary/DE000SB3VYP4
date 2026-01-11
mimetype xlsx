--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3337bad2f34a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaacafa5e4924101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b0903626de14c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46251109f8974ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59923d2674b44c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b0903626de14c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba13bbf1dccd4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46251109f8974ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VYP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>