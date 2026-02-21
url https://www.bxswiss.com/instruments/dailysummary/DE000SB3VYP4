--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaacafa5e4924101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6721fa902012495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46251109f8974ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8490740fe9104d15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba13bbf1dccd4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46251109f8974ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4364384c6354090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8490740fe9104d15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VYP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>13,360</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>