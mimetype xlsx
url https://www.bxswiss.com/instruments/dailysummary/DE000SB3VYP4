--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6721fa902012495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9f1b37235a476d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8490740fe9104d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R971cef1fbf6a4b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4364384c6354090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8490740fe9104d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac704c0b8e148cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R971cef1fbf6a4b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VYP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>