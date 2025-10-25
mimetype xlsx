--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e37f37d2f54bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8871f64974b494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbbd5096c82c45e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bb3b9f3309f4c80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad14d923672c4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbbd5096c82c45e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ef518ae30a4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bb3b9f3309f4c80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vodafone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,095</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,060</x:t>
-[...33 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
-        </x:is>
-[...580 lines deleted...]
-          <x:t>1,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>