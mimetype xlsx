--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8871f64974b494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7da2cf36e5c4e5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bb3b9f3309f4c80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ad400c9c004076"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ef518ae30a4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bb3b9f3309f4c80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc80805aa6f0c4d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ad400c9c004076" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vodafone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,975</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>