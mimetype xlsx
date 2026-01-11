--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7da2cf36e5c4e5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d0f1b9556b845ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ad400c9c004076"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150b25c720a045b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc80805aa6f0c4d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ad400c9c004076" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R662ce54664974649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150b25c720a045b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vodafone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>2,270</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,265</x:t>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,490</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,610</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>