--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d0f1b9556b845ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c407db7f65d45c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150b25c720a045b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3387c02a165340cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R662ce54664974649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150b25c720a045b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc44abf5b64c8485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3387c02a165340cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vodafone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>3,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>