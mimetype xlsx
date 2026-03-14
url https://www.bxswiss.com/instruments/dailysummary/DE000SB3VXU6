--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c407db7f65d45c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3db5be14e17a44fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3387c02a165340cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94f0e8b05ac4d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc44abf5b64c8485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3387c02a165340cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a38fc5bb5b34034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94f0e8b05ac4d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vodafone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>3,170</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,100</x:t>
-[...129 lines deleted...]
-          <x:t>3,820</x:t>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,805</x:t>
-[...458 lines deleted...]
-          <x:t>4,935</x:t>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>