--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c55372805fc41a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf8f9bee99040a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b72eb36cb34e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eec83e346824560"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d48b8e0bee4e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b72eb36cb34e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674c1503df8b4ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eec83e346824560" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Natwest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>813,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>837,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>766,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>831,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>927,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.058,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>925,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.023,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>