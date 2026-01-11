--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf8f9bee99040a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29414dc429844fbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eec83e346824560"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2006e356bfcf4584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674c1503df8b4ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eec83e346824560" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bdf9e45d374f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2006e356bfcf4584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Natwest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.168,550</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.547,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.816,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.981,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.078,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>