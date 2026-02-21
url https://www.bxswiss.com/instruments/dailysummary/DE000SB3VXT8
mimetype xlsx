--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29414dc429844fbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcabf93f757a246fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2006e356bfcf4584"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b67ae96f42d4be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bdf9e45d374f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2006e356bfcf4584" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb216b842824c490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b67ae96f42d4be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Natwest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.686,040</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.061,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.052,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.249,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.209,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.236,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.336,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.184,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.149,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.310,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.242,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>