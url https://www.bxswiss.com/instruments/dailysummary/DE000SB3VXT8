--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcabf93f757a246fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce15786e5f774a95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b67ae96f42d4be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb852341b08ed4d4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb216b842824c490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b67ae96f42d4be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bea266811a44b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb852341b08ed4d4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Natwest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.310,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.323,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.124,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.224,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.276,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.307,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.231,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.242,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>