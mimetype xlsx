--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7da1b0dfe6f4f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c0070d7efc4214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5cc2ef1dda740fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a532ba29d0542f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171db9eb6f5b4f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5cc2ef1dda740fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1861d3cac1442b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a532ba29d0542f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>503,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>531,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>496,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>528,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>