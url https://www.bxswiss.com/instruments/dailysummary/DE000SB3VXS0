--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c0070d7efc4214" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf63fd740ba145cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a532ba29d0542f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a6d2ce537634c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1861d3cac1442b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a532ba29d0542f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a6de94cc4c7449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a6d2ce537634c52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>582,265</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>