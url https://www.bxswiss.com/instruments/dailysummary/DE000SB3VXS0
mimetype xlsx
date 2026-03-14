--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf63fd740ba145cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36e5041a232846cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a6d2ce537634c52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a93e8c99854308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a6de94cc4c7449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a6d2ce537634c52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa0c8b1aed21406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a93e8c99854308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>819,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>819,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>761,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>769,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>713,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>741,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>704,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>720,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>