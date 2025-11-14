--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re38f11932d5e4f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a3bcf0576cf41e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7153353d61f744a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ab2f038e4bf455c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8ed14c78c1843e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7153353d61f744a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d7784b1ec24e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ab2f038e4bf455c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>10,810</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,645</x:t>
-[...313 lines deleted...]
-          <x:t>12,990</x:t>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,310</x:t>
-[...16 lines deleted...]
-          <x:t>13,880</x:t>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,500</x:t>
-[...6 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>12,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>