--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a3bcf0576cf41e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271d8e918e6c4120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ab2f038e4bf455c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05526e5b0fc64058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d7784b1ec24e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ab2f038e4bf455c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4a79ab22ec46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05526e5b0fc64058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>13,080</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>12,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>22.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,670</x:t>
-[...124 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,520</x:t>
-[...306 lines deleted...]
-          <x:t>15,595</x:t>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>