--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271d8e918e6c4120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb708b87455045be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05526e5b0fc64058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f866393a4174997"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4a79ab22ec46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05526e5b0fc64058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6458eeb2144921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f866393a4174997" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>