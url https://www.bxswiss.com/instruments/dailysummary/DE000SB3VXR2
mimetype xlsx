--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb708b87455045be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bcf74211f24f6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f866393a4174997"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ed6a727c7cf4b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6458eeb2144921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f866393a4174997" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2e16acb1ca4592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ed6a727c7cf4b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>16,035</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,720</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>15,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,030</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>