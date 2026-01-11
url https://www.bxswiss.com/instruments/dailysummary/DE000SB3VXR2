--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bcf74211f24f6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf305c62b656a4a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ed6a727c7cf4b5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54b50a187dee4d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2e16acb1ca4592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ed6a727c7cf4b5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a562f50c3924921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54b50a187dee4d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>