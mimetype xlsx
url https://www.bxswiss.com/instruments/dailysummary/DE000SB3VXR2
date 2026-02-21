--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf305c62b656a4a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06a62db686c34f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54b50a187dee4d2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2250459905f14c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a562f50c3924921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54b50a187dee4d2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7bcd66aadd345cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2250459905f14c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>29,020</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>