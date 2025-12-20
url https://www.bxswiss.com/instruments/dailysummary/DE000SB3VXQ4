--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658fe3dc031d4981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f068cc7e1bc4bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb29c4d7502f94f6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812982d40c194814"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f948388bc44552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb29c4d7502f94f6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a1bc87a5dd42ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812982d40c194814" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>10,350</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,285</x:t>
-[...156 lines deleted...]
-          <x:t>8,750</x:t>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>8,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>