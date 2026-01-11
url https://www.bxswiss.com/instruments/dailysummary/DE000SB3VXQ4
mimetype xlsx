--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f068cc7e1bc4bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3154771dccb94503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R812982d40c194814"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215a64d862cc4845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a1bc87a5dd42ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R812982d40c194814" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R467588d793944227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215a64d862cc4845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>