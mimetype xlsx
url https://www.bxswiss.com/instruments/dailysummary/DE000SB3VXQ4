--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3154771dccb94503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ab50d51f784c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215a64d862cc4845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9339a0734b948de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R467588d793944227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215a64d862cc4845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5b794f9d4541d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9339a0734b948de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>10,085</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,715</x:t>
-[...409 lines deleted...]
-          <x:t>8,190</x:t>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>