--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ab50d51f784c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f53f67290d4dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9339a0734b948de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7656e2d870f541b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5b794f9d4541d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9339a0734b948de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e781513c92b4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7656e2d870f541b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>8,970</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,955</x:t>
-[...70 lines deleted...]
-          <x:t>10,180</x:t>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,525</x:t>
-[...53 lines deleted...]
-          <x:t>9,695</x:t>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>10,895</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>