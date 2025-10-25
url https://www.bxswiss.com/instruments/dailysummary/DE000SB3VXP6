--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d780a0ccd44107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca97d389af34c52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954dd4b6a7e54ab5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72cbc34d29644a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb03d3e1804324dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954dd4b6a7e54ab5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc832f55aff20476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72cbc34d29644a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>