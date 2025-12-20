--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca97d389af34c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c1c71ad48a458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72cbc34d29644a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48ce8257675a4096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc832f55aff20476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72cbc34d29644a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R330f9dcf8ca34316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48ce8257675a4096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,435</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>