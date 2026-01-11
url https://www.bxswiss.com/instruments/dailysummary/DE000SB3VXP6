--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c1c71ad48a458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce5a6ea923224b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48ce8257675a4096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5658059fd00c424b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R330f9dcf8ca34316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48ce8257675a4096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a1d62034a5443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5658059fd00c424b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>