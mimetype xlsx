--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce5a6ea923224b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra732309e78f740d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5658059fd00c424b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172dd9bd3c3d4af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a1d62034a5443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5658059fd00c424b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92a4df97c734b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172dd9bd3c3d4af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>265,085</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>338,920</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>