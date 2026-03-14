--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra732309e78f740d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65c411ebdcdf4e32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172dd9bd3c3d4af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2db2f5b78de94ad4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92a4df97c734b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172dd9bd3c3d4af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec54a04124f8485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2db2f5b78de94ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VXP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>