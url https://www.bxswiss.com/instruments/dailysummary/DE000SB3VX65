--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc364e63233934ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4735b9dd0f3d4da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R471b71d7d7ce4b8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa57831d95d4beb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8604dbe11b9d4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R471b71d7d7ce4b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cb494a81224ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa57831d95d4beb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>154,700</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>