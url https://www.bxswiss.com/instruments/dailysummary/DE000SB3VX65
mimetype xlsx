--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4735b9dd0f3d4da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2c1f0fb7854352" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa57831d95d4beb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10db8fbe54a546e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cb494a81224ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa57831d95d4beb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6546fca55854c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10db8fbe54a546e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,860</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>158,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,315</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>