--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2c1f0fb7854352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c02275829f4c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10db8fbe54a546e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7dc8630cacc4e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6546fca55854c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10db8fbe54a546e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc102857d884e4ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7dc8630cacc4e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>242,745</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>