--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c02275829f4c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862ef03945ff4816" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7dc8630cacc4e02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8608c4d12fb74c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc102857d884e4ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7dc8630cacc4e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc3c24d4b8514d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8608c4d12fb74c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>