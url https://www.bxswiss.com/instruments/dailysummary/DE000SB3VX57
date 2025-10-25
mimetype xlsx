--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de0083f7f4a418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6494c9d9c19245d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70bcc5e798ab48bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra72de819519840cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5268cb4789c440f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70bcc5e798ab48bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e312df4676467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra72de819519840cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>