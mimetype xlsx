--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6494c9d9c19245d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb958e7d55524c64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra72de819519840cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1eb308176544d7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e312df4676467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra72de819519840cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5a35a24e2d3433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1eb308176544d7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,116</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,127</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,124</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,149</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,144</x:t>
-[...92 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,196</x:t>
-[...58 lines deleted...]
-          <x:t>0,182</x:t>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,146</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>