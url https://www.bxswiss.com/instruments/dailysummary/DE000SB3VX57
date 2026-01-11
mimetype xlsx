--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb958e7d55524c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R032acba31db5441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1eb308176544d7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb53528a593db43e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5a35a24e2d3433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1eb308176544d7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a4046159f24c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb53528a593db43e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>0,167</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,219</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,214</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>0,219</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,207</x:t>
-[...161 lines deleted...]
-          <x:t>0,201</x:t>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,223</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,234</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>