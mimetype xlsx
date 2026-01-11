--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R032acba31db5441d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0f7d6a65ff746b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb53528a593db43e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9572f7d56c6461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a4046159f24c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb53528a593db43e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060de05db60c4f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9572f7d56c6461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>