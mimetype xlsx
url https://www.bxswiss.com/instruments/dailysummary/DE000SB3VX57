--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0f7d6a65ff746b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b78adae25f14b0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9572f7d56c6461c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82fd8abbaad467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060de05db60c4f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9572f7d56c6461c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6232009c29cb4f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82fd8abbaad467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,474</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>