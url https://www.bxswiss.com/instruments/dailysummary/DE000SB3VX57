--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b78adae25f14b0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e4dbebe9a34848" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82fd8abbaad467b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a680535785f46c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6232009c29cb4f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82fd8abbaad467b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd5bac20b104c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a680535785f46c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,699</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,829</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,674</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>