--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2fe3976e30d4f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re843cfda979e4704" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce651aa753064559"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6227003659484254"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R631f6d68d8eb4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce651aa753064559" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R158a922e22054bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6227003659484254" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BHP Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,946</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>0,790</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,790</x:t>
-[...394 lines deleted...]
-          <x:t>0,847</x:t>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,847</x:t>
-[...4 lines deleted...]
-          <x:t>0,974</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>