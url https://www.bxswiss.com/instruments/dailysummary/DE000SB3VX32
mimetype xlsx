--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re843cfda979e4704" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71d66d1a815b404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6227003659484254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2adbd08d7c8e44ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R158a922e22054bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6227003659484254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c63f5c56216444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2adbd08d7c8e44ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BHP Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>0,847</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...397 lines deleted...]
-          <x:t>0,957</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>