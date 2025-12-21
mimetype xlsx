--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71d66d1a815b404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ed09b5b9b55471b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2adbd08d7c8e44ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82fd5b7e42df4773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c63f5c56216444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2adbd08d7c8e44ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd6a043445c4719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82fd5b7e42df4773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BHP Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,980</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,978</x:t>
-[...97 lines deleted...]
-          <x:t>0,979</x:t>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,901</x:t>
-[...463 lines deleted...]
-          <x:t>0,868</x:t>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>