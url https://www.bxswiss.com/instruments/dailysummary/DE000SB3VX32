--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ed09b5b9b55471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611cd59ebfe6453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82fd5b7e42df4773"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf8d70b036ed4b56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd6a043445c4719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82fd5b7e42df4773" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8022d74e2e84100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf8d70b036ed4b56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BHP Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>1,080</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...16 lines deleted...]
-          <x:t>1,100</x:t>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...26 lines deleted...]
-          <x:t>1,150</x:t>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...139 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>