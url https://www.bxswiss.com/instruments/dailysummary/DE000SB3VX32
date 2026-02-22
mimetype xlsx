--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611cd59ebfe6453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f88279b4dc4fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf8d70b036ed4b56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810750febba84e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8022d74e2e84100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf8d70b036ed4b56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfacf4d15807431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810750febba84e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BHP Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,750</x:t>
-[...63 lines deleted...]
-          <x:t>1,330</x:t>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>