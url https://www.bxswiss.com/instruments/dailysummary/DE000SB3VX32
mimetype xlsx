--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f88279b4dc4fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253db51e3a464cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810750febba84e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08644dcceba74a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfacf4d15807431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810750febba84e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61a1d6bc7e54f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08644dcceba74a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BHP Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,105</x:t>
-[...463 lines deleted...]
-          <x:t>3,375</x:t>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>