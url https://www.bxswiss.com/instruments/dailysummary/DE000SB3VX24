--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R305cc36815354251" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe3fedaa35574a6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5d6fe1259224651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045a777a073945ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ea9cea4ad664dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5d6fe1259224651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c698843e184ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045a777a073945ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,280</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>8,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,400</x:t>
-[...414 lines deleted...]
-          <x:t>8,750</x:t>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>