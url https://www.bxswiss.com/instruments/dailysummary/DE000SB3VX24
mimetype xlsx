--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe3fedaa35574a6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52553ee8ee74607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045a777a073945ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc923a4e6d724e6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c698843e184ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045a777a073945ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550d5bd8aaa84ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc923a4e6d724e6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>8,500</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>