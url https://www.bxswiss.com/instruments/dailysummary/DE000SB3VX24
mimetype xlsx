--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52553ee8ee74607" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b93f1709754190" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc923a4e6d724e6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3bf59b9415e417a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550d5bd8aaa84ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc923a4e6d724e6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5af6bd5ff484fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3bf59b9415e417a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>19,220</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>26,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>