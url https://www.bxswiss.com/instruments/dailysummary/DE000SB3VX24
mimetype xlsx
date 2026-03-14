--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b93f1709754190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc347b5ccd1c34690" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3bf59b9415e417a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2572b89e6ec6404b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5af6bd5ff484fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3bf59b9415e417a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8a85b115284513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2572b89e6ec6404b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>