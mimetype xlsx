--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e1bfd79a0e48fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a3c49f184a4864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d399282211e466e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652af489323b4c45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192b015de59841f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d399282211e466e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c4ccdfef66499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652af489323b4c45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vodafone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>