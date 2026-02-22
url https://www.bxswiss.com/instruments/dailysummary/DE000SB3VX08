--- v1 (2026-01-09)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a3c49f184a4864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153083faac9f45cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652af489323b4c45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5357722fabbe4c91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c4ccdfef66499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652af489323b4c45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eefed65273f4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5357722fabbe4c91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vodafone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>0,443</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...31 lines deleted...]
-          <x:t>0,411</x:t>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>