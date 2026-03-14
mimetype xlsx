--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153083faac9f45cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b67ccebccc84a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5357722fabbe4c91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2f8e86f5dc4dbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eefed65273f4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5357722fabbe4c91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fbd307a9fca4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2f8e86f5dc4dbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vodafone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VX08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>0,357</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,344</x:t>
-[...21 lines deleted...]
-          <x:t>0,320</x:t>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>0,243</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>