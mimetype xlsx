--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5c320ebbce471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b879d1736f438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb299b501ac4d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R728ab2cce0e743f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b3e3b6789b64eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb299b501ac4d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R412029b23f964c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R728ab2cce0e743f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,071</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,069</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,082</x:t>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,091</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,090</x:t>
-[...475 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>0,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,089</x:t>
-[...36 lines deleted...]
-          <x:t>0,080</x:t>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>