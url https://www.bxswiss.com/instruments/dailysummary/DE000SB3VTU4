--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b879d1736f438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb89a9d1a4cb3411e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R728ab2cce0e743f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd453c79fdda049c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R412029b23f964c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R728ab2cce0e743f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b63d514c1954d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd453c79fdda049c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,104</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,112</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,092</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>