--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb89a9d1a4cb3411e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c3047213d74196" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd453c79fdda049c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315a7a8c7fc24756"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b63d514c1954d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd453c79fdda049c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb6bfba5fe04ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315a7a8c7fc24756" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,448 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,224</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>0,212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,214</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>