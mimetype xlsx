--- v0 (2025-10-27)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0813e7c83dd4d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44574766c23b4aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77e9d3f7d4c04768"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d5bbbfe750b4675"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d35252518444f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77e9d3f7d4c04768" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5020ed5210b4d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d5bbbfe750b4675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,206</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,206</x:t>
-[...178 lines deleted...]
-          <x:t>0,231</x:t>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,231</x:t>
-[...11 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,294</x:t>
-[...21 lines deleted...]
-          <x:t>0,286</x:t>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,292</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>0,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>