--- v1 (2025-11-17)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44574766c23b4aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366fa8427cb84734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d5bbbfe750b4675"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e99161065c4acf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5020ed5210b4d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d5bbbfe750b4675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c8cb09dd9af4869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e99161065c4acf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,174</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,166</x:t>
-[...544 lines deleted...]
-          <x:t>0,292</x:t>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>