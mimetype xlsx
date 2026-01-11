--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366fa8427cb84734" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988f018b68d443f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e99161065c4acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb605059e619a4470"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c8cb09dd9af4869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e99161065c4acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85fbf554b7d47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb605059e619a4470" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,234</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,219</x:t>
-[...21 lines deleted...]
-          <x:t>0,250</x:t>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,232</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,224</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,191</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>0,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,158</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,178</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>