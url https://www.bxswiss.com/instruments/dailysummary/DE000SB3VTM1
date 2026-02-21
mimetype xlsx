--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988f018b68d443f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfa451d85e894e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb605059e619a4470"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R678121a8b7124865"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85fbf554b7d47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb605059e619a4470" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re369355de8784171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R678121a8b7124865" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,209</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,196</x:t>
-[...259 lines deleted...]
-          <x:t>0,183</x:t>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,179</x:t>
-[...166 lines deleted...]
-          <x:t>0,145</x:t>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>