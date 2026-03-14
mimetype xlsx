--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfa451d85e894e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62fe1dafb1fe42c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R678121a8b7124865"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R101a9e53354b461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re369355de8784171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R678121a8b7124865" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R998a5b4beae34525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R101a9e53354b461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>0,185</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,206</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,207</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,244</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>0,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,263</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>0,263</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>