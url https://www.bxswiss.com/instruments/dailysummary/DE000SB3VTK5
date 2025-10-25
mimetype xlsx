--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b3298fc18cc48bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eae68110b704384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3334f51bda5435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R758663ee4f7c400b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493e086bd76141d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3334f51bda5435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8dad16f617f419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R758663ee4f7c400b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,485</x:t>
-[...502 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,420</x:t>
-[...90 lines deleted...]
-          <x:t>10,675</x:t>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>