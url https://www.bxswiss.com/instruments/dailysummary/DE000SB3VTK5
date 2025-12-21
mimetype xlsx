--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eae68110b704384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e72ccbac0149d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R758663ee4f7c400b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2552450fa90b448a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8dad16f617f419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R758663ee4f7c400b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8428f8cb74e04aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2552450fa90b448a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>14,725</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,800</x:t>
-[...124 lines deleted...]
-          <x:t>14,420</x:t>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>17,160</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,740</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>14,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>