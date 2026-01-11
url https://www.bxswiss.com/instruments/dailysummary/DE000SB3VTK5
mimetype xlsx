--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e72ccbac0149d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4074bbeee5a4713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2552450fa90b448a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7727017d2b5f4086"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8428f8cb74e04aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2552450fa90b448a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449a735c85934058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7727017d2b5f4086" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>