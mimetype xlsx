--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4074bbeee5a4713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5322765ee341d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7727017d2b5f4086"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R512653a01adf4112"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449a735c85934058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7727017d2b5f4086" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4fcc05b9c6417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R512653a01adf4112" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>15,070</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>