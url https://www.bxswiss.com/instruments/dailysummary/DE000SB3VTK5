--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5322765ee341d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419281921a6a452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R512653a01adf4112"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf260bd14849b47da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4fcc05b9c6417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R512653a01adf4112" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce19201711c4487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf260bd14849b47da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>40,120</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,545</x:t>
-[...247 lines deleted...]
-          <x:t>61,145</x:t>
+          <x:t>36,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>