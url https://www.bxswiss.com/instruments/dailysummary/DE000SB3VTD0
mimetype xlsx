--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0961f47263224997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf37bbca33773456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430f5aea68d442e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27fe8b138f147f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2b11a915cc4b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430f5aea68d442e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8552e9d3850146ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27fe8b138f147f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>1,250</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,390</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,345</x:t>
-[...43 lines deleted...]
-          <x:t>1,725</x:t>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...11 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,670</x:t>
-[...215 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>1,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>