--- v1 (2025-11-16)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf37bbca33773456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445885f7a8044b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27fe8b138f147f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef79b9d54a34af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8552e9d3850146ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27fe8b138f147f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1df50b2e801484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef79b9d54a34af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>1,690</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,570</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,380</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>1,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.11.2025</x:t>
-[...208 lines deleted...]
-          <x:t>1,630</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>