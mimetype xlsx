--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445885f7a8044b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c8e78dd816427d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef79b9d54a34af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdba8a34b6bb7458a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1df50b2e801484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef79b9d54a34af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60df713503f94625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdba8a34b6bb7458a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,852</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>