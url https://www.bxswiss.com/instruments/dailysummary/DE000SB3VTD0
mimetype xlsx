--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c8e78dd816427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c03f8c6c1f04f46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdba8a34b6bb7458a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861008775bc44cb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60df713503f94625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdba8a34b6bb7458a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb05e67b6e54b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861008775bc44cb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>