--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c03f8c6c1f04f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90644cfe74d94cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861008775bc44cb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ebc8cea82b44b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb05e67b6e54b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861008775bc44cb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1649d7d94ad745c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ebc8cea82b44b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...178 lines deleted...]
-          <x:t>1,090</x:t>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...75 lines deleted...]
-          <x:t>0,931</x:t>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,971</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>