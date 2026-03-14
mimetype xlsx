--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90644cfe74d94cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737f5eb3a9eb47c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ebc8cea82b44b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raef616ff796d4fc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1649d7d94ad745c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ebc8cea82b44b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda2b960c152f48af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raef616ff796d4fc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>