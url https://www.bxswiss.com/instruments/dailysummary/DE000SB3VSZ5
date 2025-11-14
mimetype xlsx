--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e0acc8a80034423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29bd5019ece4223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c770b113aa94ea4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf95327a52d6b4d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd46f8063279140b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c770b113aa94ea4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f60a4c4134460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf95327a52d6b4d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>0,464</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,398</x:t>
-[...4 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,388</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,397</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,388</x:t>
-[...139 lines deleted...]
-          <x:t>0,531</x:t>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>