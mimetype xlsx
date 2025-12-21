--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29bd5019ece4223" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R249756ce6e724981" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf95327a52d6b4d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb4de7439f24742"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f60a4c4134460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf95327a52d6b4d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5c642e07a914beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb4de7439f24742" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,376</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>0,351</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,321</x:t>
-[...38 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,292</x:t>
-[...65 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,231</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,219</x:t>
-[...6 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,226</x:t>
-[...36 lines deleted...]
-          <x:t>0,194</x:t>
+          <x:t>0,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>