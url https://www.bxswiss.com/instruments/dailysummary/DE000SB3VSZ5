--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R249756ce6e724981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2e871078b04691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb4de7439f24742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb834f8dcc4844657"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5c642e07a914beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb4de7439f24742" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863c7fb8e48f43bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb834f8dcc4844657" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,190</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,204</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,199</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,199</x:t>
-[...26 lines deleted...]
-          <x:t>0,229</x:t>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>0,245</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>