--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2e871078b04691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b1d76e4733402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb834f8dcc4844657"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf0ef2b1e48f46b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R863c7fb8e48f43bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb834f8dcc4844657" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04ac151f47c24449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf0ef2b1e48f46b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>0,169</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,176</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,173</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,170</x:t>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>