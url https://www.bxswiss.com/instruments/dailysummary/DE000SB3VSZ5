--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b1d76e4733402d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f8c429550447b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf0ef2b1e48f46b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2d60fb312d4443"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04ac151f47c24449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf0ef2b1e48f46b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8112caa2c11740c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2d60fb312d4443" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,173</x:t>
-[...16 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,135</x:t>
-[...598 lines deleted...]
-          <x:t>0,140</x:t>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>