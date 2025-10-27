--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41adb1e8321344ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4d19edf7b44b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2f74bd749d54dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccebefdc9f844ec6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5abe23f0d5f479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2f74bd749d54dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6981fc3e194d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccebefdc9f844ec6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,869</x:t>
-[...97 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,937</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>1,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,923</x:t>
-[...355 lines deleted...]
-          <x:t>0,810</x:t>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>