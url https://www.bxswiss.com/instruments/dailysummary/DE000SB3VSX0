--- v1 (2025-10-27)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4d19edf7b44b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ea45dc778d4659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccebefdc9f844ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f3890f6b1234ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6981fc3e194d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccebefdc9f844ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2af8450b69e4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f3890f6b1234ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,843</x:t>
-[...210 lines deleted...]
-          <x:t>0,729</x:t>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,724</x:t>
-[...38 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...252 lines deleted...]
-          <x:t>1,170</x:t>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>