--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ea45dc778d4659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b03a5475f4410a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f3890f6b1234ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R991a87cfba264a6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2af8450b69e4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f3890f6b1234ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb48e8ded0ef49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R991a87cfba264a6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,150</x:t>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,060</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
-[...139 lines deleted...]
-          <x:t>0,879</x:t>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>1,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>