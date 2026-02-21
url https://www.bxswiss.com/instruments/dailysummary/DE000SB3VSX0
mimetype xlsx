--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b03a5475f4410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R338d0dcafaa34377" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R991a87cfba264a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19904c9f31844c9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb48e8ded0ef49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R991a87cfba264a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985b9eba85984764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19904c9f31844c9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,885</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>