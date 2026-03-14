--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R338d0dcafaa34377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc2d585ea02c43b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19904c9f31844c9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f98e2a2e03241a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985b9eba85984764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19904c9f31844c9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1bc7b2d14f249c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f98e2a2e03241a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,607</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,053</x:t>
-[...21 lines deleted...]
-          <x:t>0,054</x:t>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,058</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>0,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>