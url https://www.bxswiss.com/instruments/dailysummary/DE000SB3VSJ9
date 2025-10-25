--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf0665de41034d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f64c7d80fa4000" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10e32d9769cb4797"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc838d7c3be804868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3b408918284325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10e32d9769cb4797" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13564a7705b94b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc838d7c3be804868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>12,795</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,155</x:t>
-[...156 lines deleted...]
-          <x:t>13,870</x:t>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,185</x:t>
-[...458 lines deleted...]
-          <x:t>13,725</x:t>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>