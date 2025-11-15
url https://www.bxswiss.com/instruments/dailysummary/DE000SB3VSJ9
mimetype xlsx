--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f64c7d80fa4000" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree9b53b3679b41b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc838d7c3be804868"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a3045136624e78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13564a7705b94b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc838d7c3be804868" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e4610f75da3415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a3045136624e78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>10,910</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,770</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>