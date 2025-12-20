--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree9b53b3679b41b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra04de090219a4a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a3045136624e78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re58cff5cdd714585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e4610f75da3415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a3045136624e78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2580f1d5c17846d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re58cff5cdd714585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>9,150</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>7,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>