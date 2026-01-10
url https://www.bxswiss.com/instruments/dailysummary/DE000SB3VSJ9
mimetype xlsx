--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra04de090219a4a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4efcec26cb264515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re58cff5cdd714585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49eec8ecca84dc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2580f1d5c17846d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re58cff5cdd714585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61363b5cdc749c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49eec8ecca84dc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>