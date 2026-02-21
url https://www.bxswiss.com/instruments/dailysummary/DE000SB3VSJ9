--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4efcec26cb264515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312844754a1e482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49eec8ecca84dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf147641b06494c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61363b5cdc749c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49eec8ecca84dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R766d55c9bb1643cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf147641b06494c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>9,400</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>