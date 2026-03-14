--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312844754a1e482e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7ed076cc2fe43bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf147641b06494c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551c8c5c398d4ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R766d55c9bb1643cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf147641b06494c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02354ad69b44c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551c8c5c398d4ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,405</x:t>
-[...58 lines deleted...]
-          <x:t>5,435</x:t>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,485</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>7,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>