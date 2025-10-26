--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e63329819d9458a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc75761e99c4d24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd4cd57639f47a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf31c15af99c748c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb03fa5b8f7c4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd4cd57639f47a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff824235e4ba4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf31c15af99c748c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>