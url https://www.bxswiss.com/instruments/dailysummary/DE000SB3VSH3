--- v1 (2025-10-26)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc75761e99c4d24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R535e35a0ebf64158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf31c15af99c748c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc19061fd96db4083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff824235e4ba4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf31c15af99c748c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf46b9b7eafb04820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc19061fd96db4083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>149,025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>