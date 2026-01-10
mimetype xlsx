--- v2 (2026-01-08)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R535e35a0ebf64158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re04651f6c8ad459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc19061fd96db4083"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red99dbade3cc4692"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf46b9b7eafb04820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc19061fd96db4083" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbae94eb53004689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red99dbade3cc4692" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>