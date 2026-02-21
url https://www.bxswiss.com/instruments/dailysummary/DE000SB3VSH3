--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re04651f6c8ad459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e02b59fe304e57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red99dbade3cc4692"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08d877e3cc124910"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbae94eb53004689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red99dbade3cc4692" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0de0584cc4b4a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08d877e3cc124910" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>190,305</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>