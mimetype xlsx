--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e02b59fe304e57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5543daa198474224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08d877e3cc124910"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc2adca340414461"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0de0584cc4b4a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08d877e3cc124910" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45bf47bd20b14cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc2adca340414461" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>214,280</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>199,780</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>