--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc05ea9b34054262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe711d45ccd4739" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R847b6edbb01e4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceec09d4a1624115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R185c7f3549874907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R847b6edbb01e4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R104a047245b042ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceec09d4a1624115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>0,622</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,526</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,538</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,556</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>