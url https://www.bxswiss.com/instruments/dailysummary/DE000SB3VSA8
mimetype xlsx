--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe711d45ccd4739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97560dadd20b455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceec09d4a1624115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f0c48093654ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R104a047245b042ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceec09d4a1624115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec34b4dc928a4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f0c48093654ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,483</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,412</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,437</x:t>
-[...6 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,448</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,496</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>