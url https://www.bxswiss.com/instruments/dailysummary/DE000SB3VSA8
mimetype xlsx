--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97560dadd20b455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed080e7e53546f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f0c48093654ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1584d8535d4f4d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec34b4dc928a4687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f0c48093654ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbc1cb1fb3d4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1584d8535d4f4d5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>0,710</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,727</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>0,602</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...31 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>