--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd3b68db58b455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0104345a98b46d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re843e746eaa74f31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a54a7c1de954fa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc8038cbdaf94048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re843e746eaa74f31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc681c54108ae4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a54a7c1de954fa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,625 +149,220 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,790</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...550 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,900</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>