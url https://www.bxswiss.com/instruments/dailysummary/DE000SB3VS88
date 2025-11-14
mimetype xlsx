--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0104345a98b46d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f23524dd5b4138" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a54a7c1de954fa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21740e5d1fb4524"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc681c54108ae4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a54a7c1de954fa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d2b7fda10547a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21740e5d1fb4524" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>2,145</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,105</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>2,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,400</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>