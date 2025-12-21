--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f23524dd5b4138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raada25057b3f48f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21740e5d1fb4524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd88a2eb4a3f34908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d2b7fda10547a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21740e5d1fb4524" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5973df97edfd4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd88a2eb4a3f34908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...301 lines deleted...]
-          <x:t>3,255</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,170</x:t>
-[...92 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>3,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>05.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,930</x:t>
-[...171 lines deleted...]
-          <x:t>4,035</x:t>
+          <x:t>4,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>