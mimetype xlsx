--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raada25057b3f48f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36bcdc9d5da4457f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd88a2eb4a3f34908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c094587bf44d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5973df97edfd4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd88a2eb4a3f34908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d3d942cdd34d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c094587bf44d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,150</x:t>
-[...112 lines deleted...]
-          <x:t>4,000</x:t>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>4,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>