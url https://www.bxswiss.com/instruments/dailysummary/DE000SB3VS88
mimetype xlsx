--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36bcdc9d5da4457f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8fa506651845d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c094587bf44d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911273b786da478a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d3d942cdd34d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c094587bf44d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9fe07ab13b444e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911273b786da478a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>4,365</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,165</x:t>
-[...92 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>5,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>5,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>