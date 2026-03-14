--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8fa506651845d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245ef55c3ca54c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911273b786da478a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f4bdbafb86443ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9fe07ab13b444e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911273b786da478a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R228e67962c2b4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f4bdbafb86443ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>5,000</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,660</x:t>
-[...114 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,595</x:t>
-[...468 lines deleted...]
-          <x:t>7,410</x:t>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>