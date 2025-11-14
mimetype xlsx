--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634deed23ce04b93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a18eee0e564576" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eaf3ea05f5f4866"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f4674e31884ed9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fce534f34d4406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eaf3ea05f5f4866" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb67e2cc411aa4cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f4674e31884ed9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,633</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,494</x:t>
-[...129 lines deleted...]
-          <x:t>0,558</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,578</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>0,603</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>