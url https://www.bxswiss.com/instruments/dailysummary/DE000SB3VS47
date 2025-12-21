--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a18eee0e564576" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bbd749d62bf4145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f4674e31884ed9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39725128a73b4180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb67e2cc411aa4cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f4674e31884ed9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd194136fdede407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39725128a73b4180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>0,916</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,900</x:t>
-[...161 lines deleted...]
-          <x:t>0,893</x:t>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>