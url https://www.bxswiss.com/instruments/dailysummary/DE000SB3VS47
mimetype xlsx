--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bbd749d62bf4145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd05303f4bd474a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39725128a73b4180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1581d708b704497a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd194136fdede407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39725128a73b4180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee42bc86cd049a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1581d708b704497a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,968</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>0,933</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,981</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>0,909</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>