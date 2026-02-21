--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd05303f4bd474a20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b27b4b9ad5a4585" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1581d708b704497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46417822bd5c48f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee42bc86cd049a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1581d708b704497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc86eda5b0445402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46417822bd5c48f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,020</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,975</x:t>
-[...215 lines deleted...]
-          <x:t>0,900</x:t>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,967</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,948</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,917</x:t>
-[...65 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...90 lines deleted...]
-          <x:t>0,853</x:t>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>