--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b27b4b9ad5a4585" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re88125d4aa2f4d24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46417822bd5c48f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84725036fde4400f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc86eda5b0445402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46417822bd5c48f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be945b950ce40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84725036fde4400f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VS47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>