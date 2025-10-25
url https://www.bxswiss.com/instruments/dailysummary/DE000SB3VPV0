--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a2fc9843744aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd655b07be0644f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f725566073b4cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d4e599d93864174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b2e4179acaa4ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f725566073b4cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a4c11da1f448e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d4e599d93864174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,505</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,940</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,800</x:t>
-[...92 lines deleted...]
-          <x:t>3,285</x:t>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,145</x:t>
-[...409 lines deleted...]
-          <x:t>3,100</x:t>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>