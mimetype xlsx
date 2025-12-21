--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd655b07be0644f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5999608d5c4bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d4e599d93864174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51dbe5105da64f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a4c11da1f448e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d4e599d93864174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc020bb319b3f47ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51dbe5105da64f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>2,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,965</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,605</x:t>
-[...97 lines deleted...]
-          <x:t>2,935</x:t>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>2,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,985</x:t>
-[...242 lines deleted...]
-          <x:t>3,375</x:t>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>