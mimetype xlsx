--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5999608d5c4bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd256cad6d2784892" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51dbe5105da64f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R008e1c7bb2de4d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc020bb319b3f47ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51dbe5105da64f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re12998e6588c4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R008e1c7bb2de4d6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,750</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>3,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>3,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
-[...296 lines deleted...]
-          <x:t>2,975</x:t>
+          <x:t>3,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>