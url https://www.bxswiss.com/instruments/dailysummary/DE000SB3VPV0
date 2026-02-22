--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd256cad6d2784892" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc793aacb95fb420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R008e1c7bb2de4d6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8ab4e8f16a493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re12998e6588c4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R008e1c7bb2de4d6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R622705d457d54a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8ab4e8f16a493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,910</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>2,870</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>3,015</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>