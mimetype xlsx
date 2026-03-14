--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc793aacb95fb420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23ee7d395acb46cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8ab4e8f16a493b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c75e05f2fc46f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R622705d457d54a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8ab4e8f16a493b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18070d5032a34293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c75e05f2fc46f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>5,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>