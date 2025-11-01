--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc91f5ad154af4047" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b2d9260f2b4998" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88056489f069400a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf0090482ae44878"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36376abcbbda448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88056489f069400a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R808853c1d32c4dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf0090482ae44878" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>