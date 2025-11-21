--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b2d9260f2b4998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b7bd06a69ad4202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf0090482ae44878"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebcbd5ec402b4cbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R808853c1d32c4dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf0090482ae44878" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f668cff89f84dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebcbd5ec402b4cbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>55,580</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,950</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>42,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,635</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>