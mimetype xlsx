--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b7bd06a69ad4202" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32bff9cf140408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebcbd5ec402b4cbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1565d1cdba3c47a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f668cff89f84dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebcbd5ec402b4cbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb73fca57e2e4507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1565d1cdba3c47a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>41,915</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>