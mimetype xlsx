--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32bff9cf140408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba87568a55e4179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1565d1cdba3c47a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ee1c9858a404d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb73fca57e2e4507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1565d1cdba3c47a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf33efd5b7a149a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ee1c9858a404d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,520</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>