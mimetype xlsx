--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba87568a55e4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0398d7b41b454935" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ee1c9858a404d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c5ca5df578b4bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf33efd5b7a149a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ee1c9858a404d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R560dbaff089742e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c5ca5df578b4bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>