--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3114fe82a6674ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21fd6f34add94c8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e138c6b201148f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aba537aafdc4f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65299b351494dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e138c6b201148f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c58af2a0a74aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aba537aafdc4f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...558 lines deleted...]
-          <x:t>4,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,880</x:t>
-[...4 lines deleted...]
-          <x:t>3,970</x:t>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>