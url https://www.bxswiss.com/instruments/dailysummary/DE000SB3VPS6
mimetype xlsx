--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21fd6f34add94c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d9355e0b674b08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aba537aafdc4f40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd154b9fbe4b947cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c58af2a0a74aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aba537aafdc4f40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709dc74293da4787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd154b9fbe4b947cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>3,990</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>3,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>5,020</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>