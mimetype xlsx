--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d9355e0b674b08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c5d1e96344469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd154b9fbe4b947cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32e445051f8f4907"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709dc74293da4787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd154b9fbe4b947cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc228d8920ec944dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32e445051f8f4907" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,770</x:t>
-[...75 lines deleted...]
-          <x:t>5,150</x:t>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,500</x:t>
-[...85 lines deleted...]
-          <x:t>4,365</x:t>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>