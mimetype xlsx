--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c5d1e96344469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ae28dc706d46d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32e445051f8f4907"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e84be759bdd4ef7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc228d8920ec944dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32e445051f8f4907" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673b405c7af2467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e84be759bdd4ef7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>