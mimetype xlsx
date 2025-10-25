--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37e5775c9d548c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0905043584384c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33ff14f96ddd4fd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ee7fe18b5f442ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb798bf5ecd94772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33ff14f96ddd4fd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7cfb50febe74f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ee7fe18b5f442ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Schneider Electric</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,203 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>3,780</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,690</x:t>
-[...16 lines deleted...]
-          <x:t>3,960</x:t>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,685</x:t>
-[...107 lines deleted...]
-          <x:t>3,775</x:t>
+          <x:t>4,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,470</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>