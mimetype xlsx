--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0905043584384c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d73ebf9867446f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ee7fe18b5f442ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2ea0cf71a60467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7cfb50febe74f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ee7fe18b5f442ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cffb7e574de42e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2ea0cf71a60467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Schneider Electric</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,955</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>4,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,385</x:t>
-[...512 lines deleted...]
-          <x:t>6,180</x:t>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>