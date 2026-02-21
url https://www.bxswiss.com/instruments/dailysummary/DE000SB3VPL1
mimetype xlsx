--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d73ebf9867446f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45d5dc8ccf1347aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2ea0cf71a60467b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f89bc86594d4312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cffb7e574de42e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2ea0cf71a60467b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0359a61e3bb541d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f89bc86594d4312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Schneider Electric</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,085</x:t>
-[...237 lines deleted...]
-          <x:t>3,380</x:t>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>3,810</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,700</x:t>
-[...58 lines deleted...]
-          <x:t>3,070</x:t>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>