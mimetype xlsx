--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df118c75a254268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a01cfc8962d48d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f021060cdd4a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120430c65da54d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41cbb2fbaf9a464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f021060cdd4a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84054797aa274ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120430c65da54d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Saint Gobain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,345</x:t>
-[...232 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,665</x:t>
-[...75 lines deleted...]
-          <x:t>6,420</x:t>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,800</x:t>
-[...220 lines deleted...]
-          <x:t>6,870</x:t>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>