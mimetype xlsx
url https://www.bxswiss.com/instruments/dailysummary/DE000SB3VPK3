--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a01cfc8962d48d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e3b629588fe4c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120430c65da54d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbbaed241e0748ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84054797aa274ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120430c65da54d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab938b92c5c4cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbbaed241e0748ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Saint Gobain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>4,950</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>4,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>