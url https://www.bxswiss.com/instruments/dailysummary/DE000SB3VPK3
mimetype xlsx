--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e3b629588fe4c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d34e4c0920c4ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbbaed241e0748ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde87713cf16a4cd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab938b92c5c4cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbbaed241e0748ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fa08d95011b4f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde87713cf16a4cd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Saint Gobain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,730</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,395</x:t>
-[...80 lines deleted...]
-          <x:t>4,360</x:t>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,400</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>3,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>