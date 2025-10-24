--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8f1a515ae8404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f66e7e2e234949" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e4a52cfd7b9422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d3b82386ecd483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6793e9bbc7264627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e4a52cfd7b9422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c238f69fd02412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d3b82386ecd483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>14,445</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,140</x:t>
-[...598 lines deleted...]
-          <x:t>12,290</x:t>
+          <x:t>15,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>