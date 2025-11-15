--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f66e7e2e234949" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328c624b905044b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d3b82386ecd483d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64cfd2eeb3d44bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c238f69fd02412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d3b82386ecd483d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3797971bd7654bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64cfd2eeb3d44bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>11,725</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,480</x:t>
-[...124 lines deleted...]
-          <x:t>14,730</x:t>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,895</x:t>
-[...328 lines deleted...]
-          <x:t>15,710</x:t>
+          <x:t>16,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>