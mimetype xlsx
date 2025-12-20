--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328c624b905044b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3abe0bcdde3345db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64cfd2eeb3d44bb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61aaa54117694a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3797971bd7654bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64cfd2eeb3d44bb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccee715827dd4bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61aaa54117694a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>10,030</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>15,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>