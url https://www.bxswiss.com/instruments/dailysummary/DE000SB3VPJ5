--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3abe0bcdde3345db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21d4496d7134bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61aaa54117694a5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa8d320e4b948fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccee715827dd4bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61aaa54117694a5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ca16e8f6564562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa8d320e4b948fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>13,270</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>10,890</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>