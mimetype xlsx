--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21d4496d7134bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c998a5441d45f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa8d320e4b948fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c5e2c2185454f53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ca16e8f6564562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa8d320e4b948fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc35a30b321ff4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c5e2c2185454f53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>12,215</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,625</x:t>
-[...362 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>9,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>