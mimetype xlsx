--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c998a5441d45f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8ce7ef24014d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c5e2c2185454f53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e4a600f3abf4d85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc35a30b321ff4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c5e2c2185454f53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44ae2d22635b46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e4a600f3abf4d85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>13,575</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>