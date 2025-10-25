--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra369d45dd6444c55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50cd01695d0d42e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407095c805f8485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1937c1351ce54524"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R188c1cf5d4f44b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407095c805f8485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e03550aef874dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1937c1351ce54524" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,565</x:t>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,575</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>