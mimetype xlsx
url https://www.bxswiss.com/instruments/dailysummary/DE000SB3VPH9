--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50cd01695d0d42e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3380ede488a94560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1937c1351ce54524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e35b3919504553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e03550aef874dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1937c1351ce54524" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f1414edf1ae4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e35b3919504553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,365</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,685</x:t>
-[...522 lines deleted...]
-          <x:t>3,885</x:t>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>