--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3380ede488a94560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab8cbf354fc4297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e35b3919504553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c8cb06e30a4e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f1414edf1ae4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e35b3919504553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0481be0e799644d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c8cb06e30a4e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>3,550</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>4,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>4,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,030</x:t>
-[...129 lines deleted...]
-          <x:t>5,455</x:t>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,300</x:t>
-[...43 lines deleted...]
-          <x:t>6,110</x:t>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,525</x:t>
-[...107 lines deleted...]
-          <x:t>6,675</x:t>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>