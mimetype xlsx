--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab8cbf354fc4297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53a978cfd11547b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c8cb06e30a4e3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cf1cce2764c4a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0481be0e799644d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c8cb06e30a4e3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f43fe787d04e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cf1cce2764c4a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,980</x:t>
-[...112 lines deleted...]
-          <x:t>4,670</x:t>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>3,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>