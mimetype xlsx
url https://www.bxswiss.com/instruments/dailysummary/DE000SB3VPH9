--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53a978cfd11547b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce1f0663a7a48dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cf1cce2764c4a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ad7ccd072fa456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f43fe787d04e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cf1cce2764c4a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920e8580d6cf49c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ad7ccd072fa456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,775</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,720</x:t>
-[...21 lines deleted...]
-          <x:t>5,080</x:t>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,725</x:t>
-[...340 lines deleted...]
-          <x:t>6,305</x:t>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,010</x:t>
-[...80 lines deleted...]
-          <x:t>4,780</x:t>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>