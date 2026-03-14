--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce1f0663a7a48dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8653ea9450f646a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ad7ccd072fa456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2c6bdff99dc46ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920e8580d6cf49c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ad7ccd072fa456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1d1762b48424d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2c6bdff99dc46ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>3,950</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,075</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>