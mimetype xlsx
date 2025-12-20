--- v0 (2025-10-27)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376004270be9462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fa58e2399d4eef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac5ce993cef45bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a0d92941284014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R038f40dc272041b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac5ce993cef45bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54bb236951924700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a0d92941284014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,640</x:t>
-[...549 lines deleted...]
-          <x:t>46,020</x:t>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>