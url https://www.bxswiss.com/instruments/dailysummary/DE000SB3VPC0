--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fa58e2399d4eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6433da7159e443f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53a0d92941284014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b16550b1bb74cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54bb236951924700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53a0d92941284014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra472af091bfc49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b16550b1bb74cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...580 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,415</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>