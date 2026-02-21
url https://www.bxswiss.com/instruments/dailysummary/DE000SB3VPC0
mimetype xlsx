--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6433da7159e443f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31aae877d84420e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b16550b1bb74cd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52572f0e388e4ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra472af091bfc49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b16550b1bb74cd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cbff7be3c27475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52572f0e388e4ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>49,380</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>