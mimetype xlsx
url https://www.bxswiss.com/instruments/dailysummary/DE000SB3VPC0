--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31aae877d84420e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f4829c293448e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52572f0e388e4ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67292c2d0ac2474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cbff7be3c27475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52572f0e388e4ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2cb1dd5894042a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67292c2d0ac2474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>