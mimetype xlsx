--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re766434370314290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cfb8d7c41814ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3561a75a777e437c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20935fec06aa4359"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf544d2e275343f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3561a75a777e437c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6613fffea3bb4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20935fec06aa4359" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Münchener Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>