--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cfb8d7c41814ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3ea29f5c13246cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20935fec06aa4359"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1616f556bb004e92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6613fffea3bb4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20935fec06aa4359" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re994d0c714fa4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1616f556bb004e92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Münchener Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>28,480</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>