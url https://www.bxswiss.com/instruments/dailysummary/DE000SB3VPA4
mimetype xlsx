--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3ea29f5c13246cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118ff17e47be4c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1616f556bb004e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67cf52e81144de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re994d0c714fa4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1616f556bb004e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61b4d0decc6f4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67cf52e81144de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Münchener Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VPA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>25,580</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>30,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>