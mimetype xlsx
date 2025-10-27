--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c36b8124824bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R538b1337819d43b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6509d205495843d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bdde84e1a964ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8034cb11b8243aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6509d205495843d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c9bc11baa74444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bdde84e1a964ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>13,975</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>15,045</x:t>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,195</x:t>
-[...254 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>16,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,240</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>16,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,360</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>