--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R538b1337819d43b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7462431fb85146ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bdde84e1a964ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5fa34987084c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c9bc11baa74444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bdde84e1a964ecb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41eaaccd64f94a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5fa34987084c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>