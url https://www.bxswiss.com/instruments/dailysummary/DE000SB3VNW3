--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7462431fb85146ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7abe64103444b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5fa34987084c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0b7155036447c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41eaaccd64f94a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5fa34987084c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0c3c514ce174802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0b7155036447c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...311 lines deleted...]
-          <x:t>20,785</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>25,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>