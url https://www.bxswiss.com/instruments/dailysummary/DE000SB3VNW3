--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7abe64103444b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bb6439ae3c4fae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0b7155036447c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R930317ebfc9b49be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0c3c514ce174802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0b7155036447c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d169c737c042a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R930317ebfc9b49be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>22,750</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,545</x:t>
-[...16 lines deleted...]
-          <x:t>21,140</x:t>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>21,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>