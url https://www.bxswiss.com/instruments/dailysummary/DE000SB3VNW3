--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bb6439ae3c4fae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffb345c33084a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R930317ebfc9b49be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0959e4201aed49e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d169c737c042a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R930317ebfc9b49be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e333223cef64eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0959e4201aed49e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>21,435</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>