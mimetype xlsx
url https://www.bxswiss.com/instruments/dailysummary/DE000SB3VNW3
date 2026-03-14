--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffb345c33084a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26b62382f5484133" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0959e4201aed49e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R554ced6b1771436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e333223cef64eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0959e4201aed49e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4285c82e6e824e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R554ced6b1771436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>