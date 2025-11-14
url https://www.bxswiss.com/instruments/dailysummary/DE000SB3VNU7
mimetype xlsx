--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec21a57ad0bc4099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c25afec27644394" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2203fd43e3042e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d5b9843627444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2f631fb714343bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2203fd43e3042e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf433b01319fc4226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d5b9843627444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Post</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,214</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,209</x:t>
-[...16 lines deleted...]
-          <x:t>0,217</x:t>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,207</x:t>
-[...43 lines deleted...]
-          <x:t>0,211</x:t>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,199</x:t>
-[...16 lines deleted...]
-          <x:t>0,225</x:t>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,212</x:t>
-[...16 lines deleted...]
-          <x:t>0,242</x:t>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,228</x:t>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,243</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,258</x:t>
-[...4 lines deleted...]
-          <x:t>0,233</x:t>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,251</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,252</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,228</x:t>
-[...38 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,249</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,259</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,227</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,237</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>15.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,233</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,269</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>0,243</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>