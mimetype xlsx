--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c25afec27644394" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4576125cf1ce49ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d5b9843627444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R928a225efb2c4093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf433b01319fc4226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d5b9843627444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f0f8b97287e430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R928a225efb2c4093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Post</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>