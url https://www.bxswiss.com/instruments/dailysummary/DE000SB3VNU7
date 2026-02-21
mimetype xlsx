--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4576125cf1ce49ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbece3fcb5f4004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R928a225efb2c4093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef067e1e46c445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f0f8b97287e430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R928a225efb2c4093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58cf050c213e45ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef067e1e46c445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Post</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,547</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,519</x:t>
-[...21 lines deleted...]
-          <x:t>0,510</x:t>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,598</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,593</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,609</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>0,605</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,688</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,676</x:t>
-[...53 lines deleted...]
-          <x:t>0,673</x:t>
+          <x:t>0,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>