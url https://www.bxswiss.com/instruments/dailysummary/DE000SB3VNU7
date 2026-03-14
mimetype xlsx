--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbece3fcb5f4004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3ab0c5746c04385" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef067e1e46c445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2505a1ac4b3469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58cf050c213e45ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef067e1e46c445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R137df667ed384fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2505a1ac4b3469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Post</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>0,586</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,576</x:t>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>0,623</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>20.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,723</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,709</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>