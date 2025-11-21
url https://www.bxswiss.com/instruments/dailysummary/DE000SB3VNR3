--- v0 (2025-10-27)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f98d59c4b1b42fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327cf522527548e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb9923c49d3245fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d87e8cf35545ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeffcc3568614838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb9923c49d3245fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45da54fc695f4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d87e8cf35545ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>7,305</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>21.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,955</x:t>
-[...90 lines deleted...]
-          <x:t>8,590</x:t>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>