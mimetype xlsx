--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327cf522527548e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23135c656dd741af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d87e8cf35545ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R379b3ebfa41d4057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45da54fc695f4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d87e8cf35545ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096a2acac9d74c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R379b3ebfa41d4057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,340</x:t>
-[...414 lines deleted...]
-          <x:t>8,055</x:t>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>