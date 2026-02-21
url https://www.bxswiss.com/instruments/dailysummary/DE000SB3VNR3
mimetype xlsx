--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23135c656dd741af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raebe4f56cd82410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R379b3ebfa41d4057"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380d241e8453481e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096a2acac9d74c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R379b3ebfa41d4057" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2805a4872c62469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380d241e8453481e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>7,185</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>