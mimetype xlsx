--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raebe4f56cd82410e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R295ba10cd3f74942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380d241e8453481e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5edb4b7acb7640cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2805a4872c62469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380d241e8453481e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29a5f90fe6274894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5edb4b7acb7640cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>2,800</x:t>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,440</x:t>
-[...232 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,005</x:t>
-[...252 lines deleted...]
-          <x:t>3,985</x:t>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>