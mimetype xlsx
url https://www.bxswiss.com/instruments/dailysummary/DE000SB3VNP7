--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c9a33cd64de4ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba06315f0a949f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd1474117c14111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d7f1cf273c34b14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9c50dadb574ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd1474117c14111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13350fb5af042c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d7f1cf273c34b14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,795</x:t>
-[...549 lines deleted...]
-          <x:t>20,625</x:t>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>