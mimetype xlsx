--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba06315f0a949f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47be0c47336c441a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d7f1cf273c34b14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46fbb116bd3a4ae1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13350fb5af042c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d7f1cf273c34b14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce644d53c7a4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46fbb116bd3a4ae1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>18,715</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,180</x:t>
-[...281 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,780</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>15,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>