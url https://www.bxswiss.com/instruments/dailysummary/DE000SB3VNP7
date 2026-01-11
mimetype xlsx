--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47be0c47336c441a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4082325a27fe4be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46fbb116bd3a4ae1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06840e1c38a24d24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce644d53c7a4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46fbb116bd3a4ae1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a10c8463fbf415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06840e1c38a24d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>