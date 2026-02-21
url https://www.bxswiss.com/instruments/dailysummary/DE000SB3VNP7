--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4082325a27fe4be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c7aed1e68c4a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06840e1c38a24d24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf54233fb28f45a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a10c8463fbf415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06840e1c38a24d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a81bc1d9f854113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf54233fb28f45a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>18,750</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,095</x:t>
-[...161 lines deleted...]
-          <x:t>20,420</x:t>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>21,040</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,080</x:t>
-[...58 lines deleted...]
-          <x:t>21,610</x:t>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>