--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c7aed1e68c4a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9785632e56bc4a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf54233fb28f45a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb95dd15076c04992"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a81bc1d9f854113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf54233fb28f45a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bbb0fd7173941c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb95dd15076c04992" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Credit Agricole</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>19,160</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,490</x:t>
-[...281 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,395</x:t>
-[...333 lines deleted...]
-          <x:t>25,940</x:t>
+          <x:t>24,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>