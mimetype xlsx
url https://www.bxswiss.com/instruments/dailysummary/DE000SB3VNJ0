--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f1766f26ff446b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4084e782864340bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16343d9c3da249da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2788e672c3445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb68a02e50a404ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16343d9c3da249da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d1277201f9f444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2788e672c3445b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>3,445</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,185</x:t>
-[...226 lines deleted...]
-        <x:is>
           <x:t>2,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,125</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>2,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,715</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>