--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4084e782864340bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35310c2dc6e7467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2788e672c3445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc69d7bc43af4e3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d1277201f9f444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2788e672c3445b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d50711f1a1544e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc69d7bc43af4e3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,315</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>1,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>