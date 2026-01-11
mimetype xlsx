--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35310c2dc6e7467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda287c236b054242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc69d7bc43af4e3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39bafce481e04b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d50711f1a1544e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc69d7bc43af4e3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2087cba4e80245a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39bafce481e04b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>