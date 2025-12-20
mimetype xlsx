--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64855d08fcf46ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337b09d1a42b4fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39015396a32a4f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85c62b91365d42a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b312e2c98434cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39015396a32a4f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5923227e644cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85c62b91365d42a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BBVA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>182,945</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>