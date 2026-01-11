--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337b09d1a42b4fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9a06e1a8af4f01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85c62b91365d42a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39623cac3a674f80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5923227e644cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85c62b91365d42a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82317678de814e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39623cac3a674f80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BBVA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>