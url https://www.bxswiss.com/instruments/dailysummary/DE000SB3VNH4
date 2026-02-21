--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9a06e1a8af4f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f9035cb9ef498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39623cac3a674f80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd7c4a22d5464fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82317678de814e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39623cac3a674f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e80a22b49b24e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd7c4a22d5464fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BBVA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>521,010</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>