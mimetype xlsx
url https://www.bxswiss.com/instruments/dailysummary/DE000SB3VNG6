--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f265deb9af4461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd27e315b62f64a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9511ff578bea46a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d3c41b784f41de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc669235116564b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9511ff578bea46a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fdcec70a6f34b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d3c41b784f41de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BMW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,924</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,729</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,688</x:t>
-[...377 lines deleted...]
-          <x:t>0,810</x:t>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>