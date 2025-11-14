--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd27e315b62f64a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba9f77f80bed41b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d3c41b784f41de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39147df705424f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fdcec70a6f34b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d3c41b784f41de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab68eeabf30541b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39147df705424f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BMW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,706</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,620</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,690</x:t>
-        </x:is>
-[...619 lines deleted...]
-          <x:t>0,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>