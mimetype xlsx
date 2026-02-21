--- v2 (2025-11-14)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba9f77f80bed41b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re200868a125d4eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39147df705424f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b742401eaf4152"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab68eeabf30541b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39147df705424f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0734b83c16ed4b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b742401eaf4152" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on BMW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>0,448</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,426</x:t>
-[...107 lines deleted...]
-          <x:t>0,431</x:t>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,456</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...107 lines deleted...]
-          <x:t>0,367</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,576</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>10.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>0,690</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>