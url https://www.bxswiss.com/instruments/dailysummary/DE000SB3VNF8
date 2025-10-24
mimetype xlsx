--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcb5c47258047ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R222a539cc79546e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9af6d39043d447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e66dc137884375"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03ac177c0fe4a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9af6d39043d447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400084e5c0ba45e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e66dc137884375" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Bayer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...110 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>