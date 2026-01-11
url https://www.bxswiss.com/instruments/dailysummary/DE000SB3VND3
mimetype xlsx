--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3391c88ac384b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b457f7dcdb246ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58fc8fa86ff846d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7de488706a43d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c09817a4324468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58fc8fa86ff846d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63bb289f906442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7de488706a43d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,970</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>