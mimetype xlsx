--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b457f7dcdb246ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470c32e3e79c464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7de488706a43d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R950a8c29c08944b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63bb289f906442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7de488706a43d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re648352b20fe4066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R950a8c29c08944b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>11,385</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>