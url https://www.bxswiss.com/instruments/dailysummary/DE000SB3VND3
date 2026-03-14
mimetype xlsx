--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470c32e3e79c464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f65078a1324e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R950a8c29c08944b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f7243beecae470c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re648352b20fe4066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R950a8c29c08944b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4959ee35ff9e4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f7243beecae470c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>13,455</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,370</x:t>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>14,055</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>16,660</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,525</x:t>
-[...377 lines deleted...]
-          <x:t>12,470</x:t>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>