--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1443af3183bc4079" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6b5504c1fd74b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5ba00b41af4e0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30f8d062c5b44169"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0682223226c44c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5ba00b41af4e0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63a5c578b584a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30f8d062c5b44169" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>