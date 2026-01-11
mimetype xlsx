--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6b5504c1fd74b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8320523736b547ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30f8d062c5b44169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e9d83fed5b408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63a5c578b584a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30f8d062c5b44169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d406ca0171b4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e9d83fed5b408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>73,040</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>