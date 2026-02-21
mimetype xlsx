--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8320523736b547ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re341b30f3acd429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e9d83fed5b408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02524685577745df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d406ca0171b4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e9d83fed5b408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf18ba193d040e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02524685577745df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>87,655</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>