--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re341b30f3acd429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d97c2b8b12949e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02524685577745df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e35f15ce8654c84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf18ba193d040e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02524685577745df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76fb977664d144fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e35f15ce8654c84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>59,930</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,470</x:t>
-[...340 lines deleted...]
-          <x:t>59,875</x:t>
+          <x:t>64,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>74,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>