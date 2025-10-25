--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62bbb00a2cc64f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a332f2fdb742ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb72fb67408dd458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112f75d0f76640c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0038f872d4f64123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb72fb67408dd458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5786a0034ec14408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112f75d0f76640c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>