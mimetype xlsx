--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a332f2fdb742ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9415ed43a9d43dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112f75d0f76640c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580d46a27d3e4d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5786a0034ec14408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112f75d0f76640c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R581bb0a309fd4774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580d46a27d3e4d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>419,215</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>