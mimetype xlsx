--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9415ed43a9d43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac59e038b8364b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R580d46a27d3e4d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2570b7ab21924188"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R581bb0a309fd4774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R580d46a27d3e4d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff42607514d434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2570b7ab21924188" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>557,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>529,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>578,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>647,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>570,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>641,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>