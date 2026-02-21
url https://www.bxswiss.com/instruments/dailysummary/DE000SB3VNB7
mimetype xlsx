--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac59e038b8364b37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b052303b65041e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2570b7ab21924188"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re186a10f1aa04a98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff42607514d434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2570b7ab21924188" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51483f2e0fcb49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re186a10f1aa04a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>526,745</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>