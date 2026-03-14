--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b052303b65041e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7848b12da54f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re186a10f1aa04a98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f208e5c72b407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51483f2e0fcb49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re186a10f1aa04a98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f933bc3f484275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f208e5c72b407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>542,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>548,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>569,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>557,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>